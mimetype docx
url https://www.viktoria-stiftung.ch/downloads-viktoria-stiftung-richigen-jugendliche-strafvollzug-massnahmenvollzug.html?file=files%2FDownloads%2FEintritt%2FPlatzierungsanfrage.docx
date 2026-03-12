--- v0 (2025-10-22)
+++ v1 (2026-03-12)
@@ -350,51 +350,51 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9686" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2390"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="2198"/>
         <w:gridCol w:w="80"/>
         <w:gridCol w:w="1974"/>
         <w:gridCol w:w="80"/>
         <w:gridCol w:w="2614"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002332D2" w:rsidRPr="00826A73" w14:paraId="049350BD" w14:textId="77777777" w:rsidTr="000E2FF5">
+      <w:tr w:rsidR="00E042D3" w:rsidRPr="00826A73" w14:paraId="049350BD" w14:textId="77777777" w:rsidTr="000E2FF5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30B18C9D" w14:textId="77777777" w:rsidR="00A726C8" w:rsidRPr="005E0D0A" w:rsidRDefault="00A726C8" w:rsidP="002863BF">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -435,180 +435,222 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> max. 2 Wochen)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DF5B6C1" w14:textId="77777777" w:rsidR="002332D2" w:rsidRPr="00826A73" w:rsidRDefault="002332D2" w:rsidP="002863BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7670BC50" w14:textId="77777777" w:rsidR="00A726C8" w:rsidRPr="00826A73" w:rsidRDefault="00A726C8" w:rsidP="002863BF">
+          <w:p w14:paraId="7670BC50" w14:textId="66B074F2" w:rsidR="00A726C8" w:rsidRPr="00826A73" w:rsidRDefault="00A726C8" w:rsidP="002863BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Geschlossene Durchgangsgruppe</w:t>
+              <w:t xml:space="preserve">Geschlossene </w:t>
+            </w:r>
+            <w:r w:rsidR="00E042D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wohn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00826A73">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>gruppe</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DF53DB9" w14:textId="77777777" w:rsidR="002332D2" w:rsidRPr="00826A73" w:rsidRDefault="00A726C8" w:rsidP="002863BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>max. 3 Monate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2054" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="244DDB5E" w14:textId="77777777" w:rsidR="00A726C8" w:rsidRPr="00826A73" w:rsidRDefault="00A726C8" w:rsidP="002863BF">
+          <w:p w14:paraId="244DDB5E" w14:textId="5E9801E1" w:rsidR="00A726C8" w:rsidRPr="00826A73" w:rsidRDefault="00E042D3" w:rsidP="002863BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00826A73">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Übergangsgruppe</w:t>
+              <w:t>Halbgeschlossene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Wohngruppe</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59E573F9" w14:textId="77777777" w:rsidR="002332D2" w:rsidRPr="00826A73" w:rsidRDefault="00A726C8" w:rsidP="002863BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ca. 1 – 2 Jahre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="529EF498" w14:textId="77777777" w:rsidR="00A726C8" w:rsidRPr="00826A73" w:rsidRDefault="00A726C8" w:rsidP="002863BF">
+          <w:p w14:paraId="529EF498" w14:textId="79E41010" w:rsidR="00A726C8" w:rsidRPr="00826A73" w:rsidRDefault="00A726C8" w:rsidP="002863BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Offene Gruppe</w:t>
+              <w:t xml:space="preserve">Offene </w:t>
+            </w:r>
+            <w:r w:rsidR="00E042D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Wohng</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00826A73">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="371A3C97" w14:textId="77777777" w:rsidR="002332D2" w:rsidRPr="00826A73" w:rsidRDefault="00A726C8" w:rsidP="002863BF">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mind. 1 Jahr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002332D2" w:rsidRPr="00826A73" w14:paraId="66222541" w14:textId="77777777" w:rsidTr="000E2FF5">
+      <w:tr w:rsidR="00E042D3" w:rsidRPr="00826A73" w14:paraId="66222541" w14:textId="77777777" w:rsidTr="000E2FF5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="228D1B02" w14:textId="77777777" w:rsidR="007F46E3" w:rsidRPr="00826A73" w:rsidRDefault="00170048" w:rsidP="002863BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3797,57 +3839,59 @@
       <w:tr w:rsidR="005E03C3" w:rsidRPr="00826A73" w14:paraId="634267C5" w14:textId="77777777" w:rsidTr="00EA2B7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76CDEAAE" w14:textId="77777777" w:rsidR="005E03C3" w:rsidRPr="00826A73" w:rsidRDefault="001A60B1" w:rsidP="002863BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Zust. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="005E03C3" w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SozialarbeiterIn</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="006F636F" w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Vertretung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54B0FEEF" w14:textId="77777777" w:rsidR="005E03C3" w:rsidRPr="00826A73" w:rsidRDefault="00BC36BD" w:rsidP="002863BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="808080"/>
                 <w:szCs w:val="22"/>
@@ -9654,51 +9698,51 @@
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00826A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43272607" w14:textId="5640B4BD" w:rsidR="005D7E40" w:rsidRDefault="005D7E40" w:rsidP="002863BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7240F77E" w14:textId="77777777" w:rsidR="00F12160" w:rsidRDefault="00FD10DB" w:rsidP="002863BF">
+    <w:p w14:paraId="7240F77E" w14:textId="77777777" w:rsidR="00F12160" w:rsidRDefault="00F82CC2" w:rsidP="002863BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1679845265"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Mincho"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Mincho"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC1F72" w:rsidRPr="00AC1F72">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
@@ -9828,51 +9872,51 @@
         <w:sdtContent>
           <w:r w:rsidR="00AC1F72" w:rsidRPr="00AC1F72">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC1F72" w:rsidRPr="00AC1F72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004735D0" w:rsidRPr="00AC1F72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Telmed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24FB84D6" w14:textId="4B11F349" w:rsidR="004735D0" w:rsidRPr="00AC1F72" w:rsidRDefault="00FD10DB" w:rsidP="002863BF">
+    <w:p w14:paraId="24FB84D6" w14:textId="4B11F349" w:rsidR="004735D0" w:rsidRPr="00AC1F72" w:rsidRDefault="00F82CC2" w:rsidP="002863BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="371813913"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Mincho"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Mincho"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC1F72" w:rsidRPr="00AC1F72">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
@@ -12894,68 +12938,77 @@
       <w:r w:rsidR="00880E5A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:tab/>
         <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A54E617" w14:textId="6D5013DA" w:rsidR="007173B6" w:rsidRPr="007173B6" w:rsidRDefault="00886128" w:rsidP="00A82A78">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D861586" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+    <w:p w14:paraId="5D861586" w14:textId="04B1A127" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Aufenthaltskosten 2025</w:t>
+        <w:t>Aufenthaltskosten 202</w:t>
+      </w:r>
+      <w:r w:rsidR="004F622D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF4A7F1" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73DBC8D3" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
@@ -13019,595 +13072,764 @@
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4478" w:type="pct"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1944"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="1931"/>
+        <w:gridCol w:w="1712"/>
+        <w:gridCol w:w="1689"/>
+        <w:gridCol w:w="1774"/>
+        <w:gridCol w:w="1752"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="4AFDE5EF" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="667"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A101C87" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="2A101C87" w14:textId="2237A65E" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tarife 2025</w:t>
+              <w:t>Tarife 202</w:t>
+            </w:r>
+            <w:r w:rsidR="004F622D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47231ECA" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Geschlossene</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29610A9E" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="29610A9E" w14:textId="53BADC17" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="004F622D" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Gruppe</w:t>
+              <w:t>Wohng</w:t>
+            </w:r>
+            <w:r w:rsidR="00A82A78" w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AE12412" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Time-out</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3183C1" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="7A3183C1" w14:textId="0E5D79BE" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="004F622D" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Übergangs-</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="58986C50" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+              <w:t>Halbgeschlossene</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58986C50" w14:textId="6E4AF8F8" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="004F622D" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Gruppe</w:t>
+              <w:t>Wohng</w:t>
+            </w:r>
+            <w:r w:rsidR="00A82A78" w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A8013CC" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Offene</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E84780A" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="4E84780A" w14:textId="1717FA41" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="004F622D" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Gruppe</w:t>
+              <w:t>Wohng</w:t>
+            </w:r>
+            <w:r w:rsidR="00A82A78" w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="28335547" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="096AD48C" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:left="-413" w:firstLine="413"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wohnen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6268C6B7" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="6268C6B7" w14:textId="3A50B332" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 588.00</w:t>
+              <w:t>CHF 5</w:t>
+            </w:r>
+            <w:r w:rsidR="004F622D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="689C3BBC" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="689C3BBC" w14:textId="45A2CC7B" w:rsidR="00A82A78" w:rsidRPr="00FB43A3" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r w:rsidRPr="00FB43A3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 482.00</w:t>
+              <w:t>CHF 48</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB43A3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB43A3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CAC92A8" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="4CAC92A8" w14:textId="3CBA8844" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 538.00</w:t>
+              <w:t>CHF 5</w:t>
+            </w:r>
+            <w:r w:rsidR="004F622D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13831E6F" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="13831E6F" w14:textId="1ECCDC0B" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 492.00</w:t>
+              <w:t>CHF 49</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4C0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="1E7D83BA" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="545B4D2C" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAC7CA8" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="4DAC7CA8" w14:textId="4C798719" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 588.00</w:t>
+              <w:t>CHF 5</w:t>
+            </w:r>
+            <w:r w:rsidR="004F622D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D37138B" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="6D37138B" w14:textId="2A7FBE29" w:rsidR="00A82A78" w:rsidRPr="00FB43A3" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r w:rsidRPr="00FB43A3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 482.00</w:t>
+              <w:t>CHF 48</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB43A3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB43A3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74F5A584" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="74F5A584" w14:textId="7EF7AC25" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 538.00</w:t>
+              <w:t>CHF 5</w:t>
+            </w:r>
+            <w:r w:rsidR="004F622D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDBBA0F" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="0EDBBA0F" w14:textId="26B26C60" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 492.00</w:t>
+              <w:t>CHF 49</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4C0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="50334BD7" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AF145B4" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+    <w:p w14:paraId="5AF145B4" w14:textId="57D9D3CA" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambulante Nachbetreuungen </w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -13621,51 +13843,71 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Stundensatz </w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t>von</w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> CHF 132.00 </w:t>
+        <w:t xml:space="preserve"> CHF 13</w:t>
+      </w:r>
+      <w:r w:rsidR="001C43BD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82A78">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.00 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t>verrechnet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="750BF8FB" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="675BB948" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
@@ -13811,725 +14053,940 @@
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4465" w:type="pct"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1944"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1733"/>
+        <w:gridCol w:w="1932"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="1774"/>
+        <w:gridCol w:w="1714"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="7ABCD587" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="667"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1CBA19" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="1A1CBA19" w14:textId="2ECE11EF" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tarife 2025</w:t>
+              <w:t>Tarife 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1C1C89" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="29F3AADE" w14:textId="77777777" w:rsidR="003F45D8" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Geschlossene</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="607F8A3C" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="607F8A3C" w14:textId="03EEC0B9" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wohng</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Gruppe</w:t>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="968" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17E7112B" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Time-out</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="168A4B48" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="2C4E78DE" w14:textId="77777777" w:rsidR="003F45D8" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Übergangs-</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5276C686" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+              <w:t>Halbgeschlossene</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5276C686" w14:textId="597FA614" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wohng</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>gruppe</w:t>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31AAD374" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="2C6BBF49" w14:textId="77777777" w:rsidR="003F45D8" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Offene</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="017EDBA4" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="017EDBA4" w14:textId="3C962BB6" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wohng</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Gruppe</w:t>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="194674E1" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="395889AA" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wohnen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14A61A40" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="14A61A40" w14:textId="7667B24B" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 588.00</w:t>
+              <w:t>CHF 5</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4349B469" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="4349B469" w14:textId="51EDBBCB" w:rsidR="00A82A78" w:rsidRPr="003F45D8" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A82A78">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B39BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 482.00</w:t>
+              <w:t>CHF 48</w:t>
+            </w:r>
+            <w:r w:rsidR="001B39BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B39BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9AEB98" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="7D9AEB98" w14:textId="3C746702" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 538.00</w:t>
+              <w:t>CHF 5</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4D230D" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="3B4D230D" w14:textId="7F84DE33" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 492.00</w:t>
+              <w:t>CHF 49</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="4C87C309" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EFE9655" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Schule</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47DA165E" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="47DA165E" w14:textId="6400C532" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 234.00</w:t>
+              <w:t>CHF 2</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="968" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1498E5AC" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="1498E5AC" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="003F45D8" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A82A78">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B39BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CHF     0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48AFC2F0" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="48AFC2F0" w14:textId="14BB9CA9" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 247.00</w:t>
+              <w:t>CHF 2</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19D647A8" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="19D647A8" w14:textId="37138BE0" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 247.00</w:t>
+              <w:t>CHF 2</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="0A6A1872" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F52034B" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="976" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5855119C" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="5855119C" w14:textId="4DD0BE0A" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 822.00</w:t>
+              <w:t>CHF 8</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="968" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="529184CF" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="529184CF" w14:textId="436E1D8B" w:rsidR="00A82A78" w:rsidRPr="003F45D8" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A82A78">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B39BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 482.00</w:t>
+              <w:t>CHF 48</w:t>
+            </w:r>
+            <w:r w:rsidR="001B39BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B39BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A0CBB2" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="33A0CBB2" w14:textId="776A8C40" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 785.00</w:t>
+              <w:t>CHF 8</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>02.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB344FB" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="3AB344FB" w14:textId="5C7F1974" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 739.00</w:t>
+              <w:t>CHF 7</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="233876ED" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48372DB3" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
@@ -14575,739 +15032,957 @@
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4479" w:type="pct"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1964"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1753"/>
+        <w:gridCol w:w="1954"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="1674"/>
+        <w:gridCol w:w="1774"/>
+        <w:gridCol w:w="1745"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="759872C1" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="667"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1108" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4160C4" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="1A4160C4" w14:textId="42B990D9" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Tarife 2025</w:t>
+              <w:t>Tarife 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5929F586" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="4F9B8253" w14:textId="77777777" w:rsidR="003F45D8" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Geschlossene</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39BD09F8" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="39BD09F8" w14:textId="1BE39561" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wohng</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Gruppe</w:t>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="950" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24344557" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Time-out</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0454D0B5" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="5CF15E4E" w14:textId="77777777" w:rsidR="003F45D8" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Übergangs-</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="44D768C6" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+              <w:t>Halbgeschlossene</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44D768C6" w14:textId="32BBBBCA" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wohng</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>gruppe</w:t>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="989" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16DB568A" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="6F11B66C" w14:textId="77777777" w:rsidR="003F45D8" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Offene</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7793A11B" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="7793A11B" w14:textId="15903ADB" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="003F45D8" w:rsidP="003F45D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wohng</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Gruppe</w:t>
+              <w:t>ruppe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="7940990C" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1108" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74775052" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wohnen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20513D85" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="20513D85" w14:textId="20F5AA6F" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 588.00</w:t>
+              <w:t>CHF 5</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="950" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B1E829" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="67B1E829" w14:textId="53448FBA" w:rsidR="00A82A78" w:rsidRPr="001B39BA" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r w:rsidRPr="001B39BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 482.00</w:t>
+              <w:t>CHF 48</w:t>
+            </w:r>
+            <w:r w:rsidR="001B39BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B39BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F246CB9" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="2F246CB9" w14:textId="49995BC1" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 538.00</w:t>
+              <w:t>CHF 5</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="989" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="236BCA67" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="236BCA67" w14:textId="18C7CF40" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 492.00</w:t>
+              <w:t>CHF 49</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="5181D387" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1108" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E3C5413" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Atelier + Betriebe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B723A57" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="2B723A57" w14:textId="614689C1" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 218.00</w:t>
+              <w:t>CHF 2</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="950" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5834E27D" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="5834E27D" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="001B39BA" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82A78">
+            <w:r w:rsidRPr="001B39BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CHF     0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE1A8CD" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="7FE1A8CD" w14:textId="230E62AF" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 218.00</w:t>
+              <w:t>CHF 2</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="989" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F15C70C" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="0F15C70C" w14:textId="21CFC9D8" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 218.00</w:t>
+              <w:t>CHF 2</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A82A78" w:rsidRPr="00A82A78" w14:paraId="482F1943" w14:textId="77777777" w:rsidTr="009645AE">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1108" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C9CB669" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="230EC837" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="230EC837" w14:textId="081DF1FA" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 806.00</w:t>
+              <w:t>CHF 8</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="950" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0923B961" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="0923B961" w14:textId="36266E66" w:rsidR="00A82A78" w:rsidRPr="003F45D8" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A82A78">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B39BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 482.00</w:t>
+              <w:t>CHF 48</w:t>
+            </w:r>
+            <w:r w:rsidR="001B39BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B39BA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="981" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8B7815" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="3A8B7815" w14:textId="2A8214C1" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 756.00</w:t>
+              <w:t>CHF 76</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="989" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="138AA02A" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+          <w:p w14:paraId="138AA02A" w14:textId="114BBB09" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82A78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CHF 710.00</w:t>
+              <w:t>CHF 71</w:t>
+            </w:r>
+            <w:r w:rsidR="003F45D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82A78">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51E90D69" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74B44876" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+    <w:p w14:paraId="74B44876" w14:textId="0E592048" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambulante Nachbetreuungen </w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -15321,51 +15996,71 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Stundensatz </w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t>von</w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> CHF 132.00 </w:t>
+        <w:t xml:space="preserve"> CHF 13</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0C81">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82A78">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.00 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t>verrechnet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="434CD678" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75CCA051" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
@@ -15412,68 +16107,77 @@
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Die Höhe des Beitrages der Gemeinde richtet sich nach den Vorgaben des für die Einweisung zuständigen Wohnkantons. Die Angaben sind bei der kantonalen IVSE-Verbindungsstelle erhältlich.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E6D675F" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
+    <w:p w14:paraId="1E6D675F" w14:textId="7D35A993" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Nebenkosten 2025</w:t>
+        <w:t>Nebenkosten 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91938">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66237762" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79A7DC90" w14:textId="77777777" w:rsidR="00A82A78" w:rsidRPr="00A82A78" w:rsidRDefault="00A82A78" w:rsidP="00A82A78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="9356"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A82A78">
         <w:rPr>
@@ -17149,58 +17853,58 @@
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007173B6" w:rsidRPr="00A82A78" w:rsidSect="00886128">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="680" w:left="1134" w:header="454" w:footer="454" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C9A4565" w14:textId="77777777" w:rsidR="00000491" w:rsidRDefault="00000491">
+    <w:p w14:paraId="12AF9887" w14:textId="77777777" w:rsidR="00F82CC2" w:rsidRDefault="00F82CC2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="559BD47D" w14:textId="77777777" w:rsidR="00000491" w:rsidRDefault="00000491">
+    <w:p w14:paraId="13C3287D" w14:textId="77777777" w:rsidR="00F82CC2" w:rsidRDefault="00F82CC2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -17241,157 +17945,172 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3A28D3B1" w14:textId="077E17DD" w:rsidR="00000491" w:rsidRPr="00A85433" w:rsidRDefault="00000491" w:rsidP="00A85433">
+  <w:p w14:paraId="3A28D3B1" w14:textId="30F9A8CA" w:rsidR="00000491" w:rsidRPr="00A85433" w:rsidRDefault="00000491" w:rsidP="00A85433">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9921"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Platzierungsanfrage Viktoria-Stiftung Richigen</w:t>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B57AD2">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00A23F63">
+    <w:r w:rsidR="00E91938">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00B57AD2">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>.10</w:t>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00E91938">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00B57AD2">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00A82A78">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="007173B6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00A82A78">
+    <w:r w:rsidR="00E91938">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">, Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -17462,113 +18181,137 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="04AAE2E7" w14:textId="5AAFC22C" w:rsidR="00000491" w:rsidRPr="00B57AD2" w:rsidRDefault="00B57AD2" w:rsidP="00B57AD2">
+  <w:p w14:paraId="04AAE2E7" w14:textId="7E9EDED1" w:rsidR="00000491" w:rsidRPr="00B57AD2" w:rsidRDefault="00B57AD2" w:rsidP="00B57AD2">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9921"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Platzierungsanfrage Viktoria-Stiftung Richigen</w:t>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00A23F63">
+    <w:r w:rsidR="007B4B7C">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>.10.2025</w:t>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="007B4B7C">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1.</w:t>
+    </w:r>
+    <w:r w:rsidR="007B4B7C">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">, Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -17640,58 +18383,58 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00826A73">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="616ED968" w14:textId="77777777" w:rsidR="00000491" w:rsidRDefault="00000491">
+    <w:p w14:paraId="48BE7836" w14:textId="77777777" w:rsidR="00F82CC2" w:rsidRDefault="00F82CC2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AC8B294" w14:textId="77777777" w:rsidR="00000491" w:rsidRDefault="00000491">
+    <w:p w14:paraId="502E6FFD" w14:textId="77777777" w:rsidR="00F82CC2" w:rsidRDefault="00F82CC2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08FF3E13" w14:textId="77777777" w:rsidR="00000491" w:rsidRDefault="00000491">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2034CC16" wp14:editId="248618EC">
           <wp:extent cx="2520091" cy="429769"/>
           <wp:effectExtent l="0" t="0" r="0" b="8890"/>
           <wp:docPr id="6" name="Grafik 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -18637,146 +19380,148 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1351226855">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1788354457">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="771436375">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2128959789">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="289628676">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1618637550">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hNn7G66EI+6zG7h3EAvDfaaNgzYL+3m6cIeDBC19LNsP5npDjXwHkoOOupVwoHPqxnrxNyfudrXvi6zaNIzRSA==" w:salt="QEceYASiErA9i4s2EZaZYw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="R5ZeidrrFe8Q7mPXh/tMPi9fuEIMdTmITIzdXvKc102W9rwXsyYcVLTRgnA/Vk/EAffWacRB0ptB2FgES/bAdQ==" w:salt="LgSoOf7yVwxpCUCO2wcdiA=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="175105"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C20D0D"/>
     <w:rsid w:val="00000491"/>
     <w:rsid w:val="00005B47"/>
     <w:rsid w:val="000070DC"/>
     <w:rsid w:val="00011657"/>
     <w:rsid w:val="0001610D"/>
     <w:rsid w:val="0001744B"/>
     <w:rsid w:val="00023AFA"/>
     <w:rsid w:val="00027D22"/>
     <w:rsid w:val="00030672"/>
     <w:rsid w:val="00032016"/>
     <w:rsid w:val="00032C8C"/>
     <w:rsid w:val="00042729"/>
-    <w:rsid w:val="0004513C"/>
     <w:rsid w:val="00055BE0"/>
     <w:rsid w:val="00064FE8"/>
     <w:rsid w:val="00066C4E"/>
     <w:rsid w:val="00067643"/>
     <w:rsid w:val="000720E3"/>
     <w:rsid w:val="00072491"/>
     <w:rsid w:val="00083F48"/>
     <w:rsid w:val="00094921"/>
     <w:rsid w:val="00094ABB"/>
     <w:rsid w:val="000B2430"/>
     <w:rsid w:val="000B7254"/>
     <w:rsid w:val="000C138D"/>
     <w:rsid w:val="000C5980"/>
     <w:rsid w:val="000D0EAE"/>
     <w:rsid w:val="000D6D57"/>
     <w:rsid w:val="000E284E"/>
     <w:rsid w:val="000E2CC8"/>
     <w:rsid w:val="000E2FF5"/>
     <w:rsid w:val="000F03D0"/>
     <w:rsid w:val="000F3AAE"/>
     <w:rsid w:val="000F4B80"/>
     <w:rsid w:val="001173EF"/>
     <w:rsid w:val="00121C48"/>
     <w:rsid w:val="00124AD9"/>
     <w:rsid w:val="0012663A"/>
     <w:rsid w:val="00133B00"/>
     <w:rsid w:val="00140A39"/>
     <w:rsid w:val="0015410F"/>
     <w:rsid w:val="00156406"/>
     <w:rsid w:val="00164B12"/>
     <w:rsid w:val="001660DE"/>
     <w:rsid w:val="00170048"/>
     <w:rsid w:val="00170EE8"/>
     <w:rsid w:val="00180C64"/>
     <w:rsid w:val="00183591"/>
     <w:rsid w:val="001859C1"/>
     <w:rsid w:val="00194A92"/>
     <w:rsid w:val="00195357"/>
     <w:rsid w:val="001A3071"/>
     <w:rsid w:val="001A60B1"/>
     <w:rsid w:val="001A70E7"/>
     <w:rsid w:val="001B2B29"/>
+    <w:rsid w:val="001B39BA"/>
     <w:rsid w:val="001B4865"/>
+    <w:rsid w:val="001C43BD"/>
     <w:rsid w:val="001D2941"/>
     <w:rsid w:val="001D39A3"/>
     <w:rsid w:val="001D7258"/>
     <w:rsid w:val="001E5067"/>
     <w:rsid w:val="001E53CB"/>
     <w:rsid w:val="001E7250"/>
     <w:rsid w:val="001F0430"/>
+    <w:rsid w:val="00203E7C"/>
     <w:rsid w:val="00210580"/>
     <w:rsid w:val="0021171C"/>
     <w:rsid w:val="0021275A"/>
     <w:rsid w:val="00212AE7"/>
     <w:rsid w:val="00215073"/>
     <w:rsid w:val="002234A8"/>
     <w:rsid w:val="00223924"/>
     <w:rsid w:val="002240E7"/>
     <w:rsid w:val="00224AAB"/>
     <w:rsid w:val="00225E4E"/>
     <w:rsid w:val="002332D2"/>
     <w:rsid w:val="00241EFA"/>
     <w:rsid w:val="0025615F"/>
     <w:rsid w:val="00256D31"/>
     <w:rsid w:val="0026141B"/>
     <w:rsid w:val="00261DEF"/>
     <w:rsid w:val="00281C11"/>
     <w:rsid w:val="00282ECE"/>
     <w:rsid w:val="002835E8"/>
     <w:rsid w:val="00283C92"/>
     <w:rsid w:val="002863BF"/>
     <w:rsid w:val="0029562A"/>
     <w:rsid w:val="002970FF"/>
     <w:rsid w:val="002973FB"/>
     <w:rsid w:val="002A3516"/>
@@ -18798,213 +19543,222 @@
     <w:rsid w:val="00303742"/>
     <w:rsid w:val="00305ECA"/>
     <w:rsid w:val="003116EA"/>
     <w:rsid w:val="0031439A"/>
     <w:rsid w:val="00322849"/>
     <w:rsid w:val="00325E79"/>
     <w:rsid w:val="00326EDF"/>
     <w:rsid w:val="00330ED6"/>
     <w:rsid w:val="003334C7"/>
     <w:rsid w:val="003476B9"/>
     <w:rsid w:val="00351846"/>
     <w:rsid w:val="003568EC"/>
     <w:rsid w:val="00365571"/>
     <w:rsid w:val="0038093B"/>
     <w:rsid w:val="003972E5"/>
     <w:rsid w:val="003A5A0B"/>
     <w:rsid w:val="003B7A6B"/>
     <w:rsid w:val="003C3743"/>
     <w:rsid w:val="003C56DF"/>
     <w:rsid w:val="003C6E46"/>
     <w:rsid w:val="003D091B"/>
     <w:rsid w:val="003D7E1B"/>
     <w:rsid w:val="003E4F4F"/>
     <w:rsid w:val="003F2841"/>
     <w:rsid w:val="003F378A"/>
+    <w:rsid w:val="003F45D8"/>
     <w:rsid w:val="004113F7"/>
     <w:rsid w:val="00420EE7"/>
     <w:rsid w:val="004264F7"/>
     <w:rsid w:val="00434809"/>
     <w:rsid w:val="00441EF9"/>
     <w:rsid w:val="004449E8"/>
     <w:rsid w:val="00445EE2"/>
     <w:rsid w:val="00447097"/>
+    <w:rsid w:val="00450901"/>
     <w:rsid w:val="00454256"/>
     <w:rsid w:val="00466FC9"/>
     <w:rsid w:val="00471681"/>
     <w:rsid w:val="00471E82"/>
     <w:rsid w:val="004735D0"/>
     <w:rsid w:val="00473C6A"/>
     <w:rsid w:val="00482D9C"/>
     <w:rsid w:val="00490D65"/>
     <w:rsid w:val="004937CE"/>
     <w:rsid w:val="004A3631"/>
     <w:rsid w:val="004A69A5"/>
     <w:rsid w:val="004B5B6F"/>
     <w:rsid w:val="004C6FAD"/>
     <w:rsid w:val="004D34BF"/>
     <w:rsid w:val="004D4470"/>
     <w:rsid w:val="004E202D"/>
     <w:rsid w:val="004E296F"/>
     <w:rsid w:val="004E5175"/>
     <w:rsid w:val="004E535C"/>
     <w:rsid w:val="004E5B88"/>
     <w:rsid w:val="004E6633"/>
     <w:rsid w:val="004F33FC"/>
+    <w:rsid w:val="004F622D"/>
     <w:rsid w:val="005208D9"/>
     <w:rsid w:val="005231D5"/>
     <w:rsid w:val="00524F4C"/>
+    <w:rsid w:val="005327B7"/>
     <w:rsid w:val="00532CDF"/>
     <w:rsid w:val="005348F8"/>
     <w:rsid w:val="00551021"/>
     <w:rsid w:val="00562075"/>
     <w:rsid w:val="0057713C"/>
     <w:rsid w:val="00582419"/>
     <w:rsid w:val="0058536E"/>
     <w:rsid w:val="0058660D"/>
     <w:rsid w:val="00591797"/>
     <w:rsid w:val="005931F9"/>
     <w:rsid w:val="00594C33"/>
     <w:rsid w:val="005B057A"/>
     <w:rsid w:val="005B737A"/>
     <w:rsid w:val="005D79B2"/>
     <w:rsid w:val="005D7E40"/>
     <w:rsid w:val="005E03C3"/>
     <w:rsid w:val="005E0D0A"/>
     <w:rsid w:val="005E1EC4"/>
     <w:rsid w:val="005E22CC"/>
     <w:rsid w:val="005E4B52"/>
+    <w:rsid w:val="005F0C81"/>
+    <w:rsid w:val="005F3A11"/>
     <w:rsid w:val="005F7198"/>
     <w:rsid w:val="00600866"/>
     <w:rsid w:val="00601E3E"/>
     <w:rsid w:val="00602D01"/>
     <w:rsid w:val="006057DE"/>
     <w:rsid w:val="00612403"/>
     <w:rsid w:val="006154C0"/>
     <w:rsid w:val="006213F2"/>
     <w:rsid w:val="006240D7"/>
     <w:rsid w:val="00624308"/>
     <w:rsid w:val="0063093A"/>
     <w:rsid w:val="00635565"/>
     <w:rsid w:val="00644765"/>
     <w:rsid w:val="00645F1E"/>
     <w:rsid w:val="006464D4"/>
+    <w:rsid w:val="00651CEE"/>
     <w:rsid w:val="00653691"/>
     <w:rsid w:val="0065459F"/>
     <w:rsid w:val="00660266"/>
     <w:rsid w:val="00675555"/>
     <w:rsid w:val="006813F2"/>
     <w:rsid w:val="006872CA"/>
     <w:rsid w:val="00691C80"/>
     <w:rsid w:val="00691FE4"/>
     <w:rsid w:val="00697DDF"/>
     <w:rsid w:val="006A1C6B"/>
     <w:rsid w:val="006A4340"/>
     <w:rsid w:val="006B1241"/>
     <w:rsid w:val="006B1F3F"/>
     <w:rsid w:val="006B3B1C"/>
     <w:rsid w:val="006B56E1"/>
     <w:rsid w:val="006B722D"/>
     <w:rsid w:val="006C30A7"/>
     <w:rsid w:val="006D0A7D"/>
     <w:rsid w:val="006D3FEA"/>
+    <w:rsid w:val="006F2C94"/>
     <w:rsid w:val="006F636F"/>
     <w:rsid w:val="00706D6E"/>
     <w:rsid w:val="007070BB"/>
     <w:rsid w:val="007173B6"/>
     <w:rsid w:val="007205A4"/>
     <w:rsid w:val="007357C9"/>
     <w:rsid w:val="00745251"/>
     <w:rsid w:val="00750020"/>
     <w:rsid w:val="00753F15"/>
     <w:rsid w:val="00760E78"/>
     <w:rsid w:val="00765382"/>
     <w:rsid w:val="00770CA4"/>
     <w:rsid w:val="00771612"/>
     <w:rsid w:val="00773EA3"/>
     <w:rsid w:val="00775A21"/>
     <w:rsid w:val="007850B8"/>
     <w:rsid w:val="00792F88"/>
     <w:rsid w:val="0079501D"/>
     <w:rsid w:val="00796F3D"/>
     <w:rsid w:val="007A1477"/>
     <w:rsid w:val="007A296A"/>
     <w:rsid w:val="007B1B51"/>
+    <w:rsid w:val="007B4B7C"/>
     <w:rsid w:val="007C0BBF"/>
     <w:rsid w:val="007C10FB"/>
     <w:rsid w:val="007C7553"/>
     <w:rsid w:val="007D019C"/>
     <w:rsid w:val="007D75D2"/>
     <w:rsid w:val="007E1138"/>
     <w:rsid w:val="007E565F"/>
     <w:rsid w:val="007F46E3"/>
     <w:rsid w:val="008110B7"/>
     <w:rsid w:val="00821E3A"/>
     <w:rsid w:val="0082272D"/>
     <w:rsid w:val="00823387"/>
     <w:rsid w:val="00825333"/>
     <w:rsid w:val="00825406"/>
     <w:rsid w:val="00826393"/>
     <w:rsid w:val="00826A73"/>
     <w:rsid w:val="00832604"/>
     <w:rsid w:val="00834755"/>
     <w:rsid w:val="00851898"/>
     <w:rsid w:val="0085720C"/>
     <w:rsid w:val="0085779F"/>
     <w:rsid w:val="00863975"/>
     <w:rsid w:val="00875AD2"/>
     <w:rsid w:val="00877E1D"/>
     <w:rsid w:val="00880E5A"/>
     <w:rsid w:val="00886128"/>
     <w:rsid w:val="008947FF"/>
     <w:rsid w:val="0089525A"/>
     <w:rsid w:val="008A776B"/>
     <w:rsid w:val="008E0114"/>
     <w:rsid w:val="008E0544"/>
     <w:rsid w:val="008E1743"/>
     <w:rsid w:val="008E6F3E"/>
     <w:rsid w:val="008E7C8E"/>
     <w:rsid w:val="008F4800"/>
     <w:rsid w:val="00906A72"/>
     <w:rsid w:val="00906B82"/>
     <w:rsid w:val="00907B45"/>
     <w:rsid w:val="0091016B"/>
     <w:rsid w:val="0091375E"/>
     <w:rsid w:val="009169F5"/>
-    <w:rsid w:val="0093267F"/>
     <w:rsid w:val="00937CBF"/>
     <w:rsid w:val="00943DD5"/>
     <w:rsid w:val="00947163"/>
     <w:rsid w:val="009516EB"/>
     <w:rsid w:val="00963FFB"/>
     <w:rsid w:val="009676DE"/>
     <w:rsid w:val="00972697"/>
     <w:rsid w:val="00986961"/>
     <w:rsid w:val="0098768C"/>
     <w:rsid w:val="0099036B"/>
     <w:rsid w:val="00997391"/>
     <w:rsid w:val="009A37BB"/>
+    <w:rsid w:val="009A4C0B"/>
     <w:rsid w:val="009A66B8"/>
     <w:rsid w:val="009A69B3"/>
     <w:rsid w:val="009B5519"/>
     <w:rsid w:val="009B7D69"/>
     <w:rsid w:val="009E7590"/>
     <w:rsid w:val="00A13B8C"/>
     <w:rsid w:val="00A212AF"/>
     <w:rsid w:val="00A23F63"/>
     <w:rsid w:val="00A3063B"/>
     <w:rsid w:val="00A33670"/>
     <w:rsid w:val="00A42726"/>
     <w:rsid w:val="00A51DAA"/>
     <w:rsid w:val="00A522C8"/>
     <w:rsid w:val="00A5716C"/>
     <w:rsid w:val="00A726C8"/>
     <w:rsid w:val="00A778CF"/>
     <w:rsid w:val="00A82A78"/>
     <w:rsid w:val="00A85433"/>
     <w:rsid w:val="00A9208C"/>
     <w:rsid w:val="00AA760E"/>
     <w:rsid w:val="00AB3443"/>
     <w:rsid w:val="00AC1F72"/>
     <w:rsid w:val="00AC4C90"/>
     <w:rsid w:val="00AD4E14"/>
     <w:rsid w:val="00AD77D8"/>
@@ -19030,169 +19784,171 @@
     <w:rsid w:val="00B9032E"/>
     <w:rsid w:val="00B9378D"/>
     <w:rsid w:val="00B93C7E"/>
     <w:rsid w:val="00BA564A"/>
     <w:rsid w:val="00BC1983"/>
     <w:rsid w:val="00BC36BD"/>
     <w:rsid w:val="00BD7346"/>
     <w:rsid w:val="00BE520D"/>
     <w:rsid w:val="00BF5279"/>
     <w:rsid w:val="00BF7A2D"/>
     <w:rsid w:val="00C02546"/>
     <w:rsid w:val="00C07088"/>
     <w:rsid w:val="00C102D3"/>
     <w:rsid w:val="00C15539"/>
     <w:rsid w:val="00C16358"/>
     <w:rsid w:val="00C164EC"/>
     <w:rsid w:val="00C20D0D"/>
     <w:rsid w:val="00C226E8"/>
     <w:rsid w:val="00C22EA2"/>
     <w:rsid w:val="00C3440E"/>
     <w:rsid w:val="00C44352"/>
     <w:rsid w:val="00C4768C"/>
     <w:rsid w:val="00C507AB"/>
     <w:rsid w:val="00C51410"/>
     <w:rsid w:val="00C60DB4"/>
+    <w:rsid w:val="00C60F3A"/>
     <w:rsid w:val="00C60FD9"/>
     <w:rsid w:val="00C72047"/>
     <w:rsid w:val="00C7471A"/>
     <w:rsid w:val="00C86733"/>
     <w:rsid w:val="00C91E37"/>
     <w:rsid w:val="00C9352B"/>
     <w:rsid w:val="00C94F27"/>
     <w:rsid w:val="00CA023D"/>
     <w:rsid w:val="00CA283E"/>
     <w:rsid w:val="00CB0F0B"/>
     <w:rsid w:val="00CC51CD"/>
     <w:rsid w:val="00CD43F0"/>
     <w:rsid w:val="00CE1C87"/>
     <w:rsid w:val="00CF1D6D"/>
     <w:rsid w:val="00CF202B"/>
     <w:rsid w:val="00D00FC7"/>
     <w:rsid w:val="00D217FF"/>
     <w:rsid w:val="00D33755"/>
     <w:rsid w:val="00D35EAB"/>
     <w:rsid w:val="00D40EB5"/>
     <w:rsid w:val="00D43563"/>
     <w:rsid w:val="00D4407B"/>
     <w:rsid w:val="00D54E10"/>
     <w:rsid w:val="00D62EFF"/>
     <w:rsid w:val="00D6482D"/>
     <w:rsid w:val="00D66B7C"/>
     <w:rsid w:val="00D83B9D"/>
     <w:rsid w:val="00D86709"/>
     <w:rsid w:val="00DA167C"/>
     <w:rsid w:val="00DA3979"/>
     <w:rsid w:val="00DB5DE3"/>
     <w:rsid w:val="00DD5C0A"/>
     <w:rsid w:val="00DE453B"/>
     <w:rsid w:val="00DE52CE"/>
     <w:rsid w:val="00DE78B3"/>
     <w:rsid w:val="00DF1131"/>
     <w:rsid w:val="00DF4755"/>
     <w:rsid w:val="00DF6DB8"/>
     <w:rsid w:val="00E00578"/>
+    <w:rsid w:val="00E042D3"/>
     <w:rsid w:val="00E07E07"/>
     <w:rsid w:val="00E102D2"/>
     <w:rsid w:val="00E119D1"/>
     <w:rsid w:val="00E12517"/>
     <w:rsid w:val="00E137F3"/>
     <w:rsid w:val="00E350E2"/>
     <w:rsid w:val="00E35DAA"/>
     <w:rsid w:val="00E3779D"/>
     <w:rsid w:val="00E43B3B"/>
     <w:rsid w:val="00E44A3C"/>
     <w:rsid w:val="00E54E37"/>
-    <w:rsid w:val="00E57DC5"/>
     <w:rsid w:val="00E6031D"/>
     <w:rsid w:val="00E60890"/>
     <w:rsid w:val="00E63D59"/>
     <w:rsid w:val="00E72868"/>
     <w:rsid w:val="00E805E2"/>
+    <w:rsid w:val="00E91938"/>
     <w:rsid w:val="00E92E3C"/>
     <w:rsid w:val="00E963DB"/>
     <w:rsid w:val="00EA1960"/>
     <w:rsid w:val="00EA2B7F"/>
     <w:rsid w:val="00EA79DF"/>
     <w:rsid w:val="00EA7EA6"/>
     <w:rsid w:val="00EB18FC"/>
     <w:rsid w:val="00EB1DDB"/>
     <w:rsid w:val="00EB297F"/>
     <w:rsid w:val="00EB69D0"/>
     <w:rsid w:val="00ED0252"/>
     <w:rsid w:val="00EE64A2"/>
     <w:rsid w:val="00EF6C02"/>
     <w:rsid w:val="00EF6C4A"/>
     <w:rsid w:val="00F12160"/>
     <w:rsid w:val="00F144EC"/>
     <w:rsid w:val="00F2054A"/>
     <w:rsid w:val="00F25389"/>
     <w:rsid w:val="00F34526"/>
     <w:rsid w:val="00F517B7"/>
     <w:rsid w:val="00F57F58"/>
     <w:rsid w:val="00F659B5"/>
     <w:rsid w:val="00F7461A"/>
     <w:rsid w:val="00F753FF"/>
     <w:rsid w:val="00F76466"/>
     <w:rsid w:val="00F80FFF"/>
+    <w:rsid w:val="00F82CC2"/>
     <w:rsid w:val="00F83121"/>
     <w:rsid w:val="00F83617"/>
     <w:rsid w:val="00F85DC4"/>
     <w:rsid w:val="00FA2815"/>
     <w:rsid w:val="00FA73C7"/>
     <w:rsid w:val="00FB069A"/>
+    <w:rsid w:val="00FB43A3"/>
     <w:rsid w:val="00FB51BE"/>
     <w:rsid w:val="00FC2F39"/>
     <w:rsid w:val="00FC3FE6"/>
     <w:rsid w:val="00FC7395"/>
     <w:rsid w:val="00FC78A7"/>
     <w:rsid w:val="00FC79CA"/>
-    <w:rsid w:val="00FD10DB"/>
     <w:rsid w:val="00FF36F4"/>
     <w:rsid w:val="00FF38A4"/>
-    <w:rsid w:val="00FF3CAF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="175105"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2606DE0D"/>
   <w15:docId w15:val="{28DC8233-8ED5-41BA-B184-D5E5DBACE320}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19541,50 +20297,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003F45D8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
@@ -20167,52 +20924,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010025FCEF0B96BAF4438E5A59C48448BDCC" ma:contentTypeVersion="12" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="f4a192797e90a8f56897cd9abcf88d8c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="92800967-4b99-4a3b-936a-990a9eb3033e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="837c33bce4af42b32e5a7d6b038a5bfc" ns2:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="92800967-4b99-4a3b-936a-990a9eb3033e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010025FCEF0B96BAF4438E5A59C48448BDCC" ma:contentTypeVersion="12" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="f9c29a67aabe705488f5e70f6e22a682">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="92800967-4b99-4a3b-936a-990a9eb3033e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f37f19c4934233572d6b95194a172611" ns2:_="">
     <xsd:import namespace="92800967-4b99-4a3b-936a-990a9eb3033e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -20356,156 +21132,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5311887F-5291-4EB3-873A-EB4E7E3F7BC9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56C39D76-6688-4B5E-A448-F75FE34147AA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="92800967-4b99-4a3b-936a-990a9eb3033e"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="7596e189-169e-46bc-bd9a-0ebfcac46d4d"/>
+    <ds:schemaRef ds:uri="aefe6baf-1399-488a-a6c9-d56833945f99"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E10186E6-C474-4847-8285-1E60925A5326}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56C39D76-6688-4B5E-A448-F75FE34147AA}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{345ECF11-681A-4D8B-8B56-005DA04EDD28}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06F3D280-0A50-4381-9723-08772B66046D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1305</Words>
-  <Characters>8226</Characters>
+  <Words>1252</Words>
+  <Characters>8344</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>556</Lines>
+  <Paragraphs>436</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Platzierungsanfrage</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Viktoria Stiftung</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9512</CharactersWithSpaces>
+  <CharactersWithSpaces>9160</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2162717</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>107</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:markus.hanke@gef.be.ch</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>